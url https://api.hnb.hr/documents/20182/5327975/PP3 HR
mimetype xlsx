--- v0 (2025-10-02)
+++ v1 (2026-02-01)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PP3 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="511" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="34">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>UKUPNA VRIJEDNOST TRANSAKCIJA PRIHVATA PLATNIH INSTRUMENATA U EURIMA - 2025. godina</t>
   </si>
   <si>
     <t>IZVJEŠTAJNO RAZDOBLJE</t>
   </si>
   <si>
     <t>Opis transakcije</t>
   </si>
   <si>
     <t>Vlastita</t>
   </si>
@@ -71,81 +71,96 @@
   <si>
     <t>Inozemni izdavatelj</t>
   </si>
   <si>
     <t>UKUPNO</t>
   </si>
   <si>
     <t>POTROŠAČ</t>
   </si>
   <si>
     <t>NEPOTROŠAČ</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> Polaganje gotovog novca</t>
   </si>
   <si>
     <t> Podizanje gotovog novca</t>
   </si>
   <si>
     <t> Kupovina</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t> Prijenos</t>
   </si>
   <si>
     <t> Izdavanje (punjenje) e-novca</t>
   </si>
   <si>
     <t> Iskup e-novca</t>
   </si>
   <si>
     <t> Ukupno</t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
+    <t> SRPANJ</t>
+  </si>
+  <si>
+    <t> KOLOVOZ</t>
+  </si>
+  <si>
+    <t> RUJAN</t>
+  </si>
+  <si>
     <t> UKUPNO</t>
+  </si>
+  <si>
+    <t>* podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -519,51 +534,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R58"/>
+  <dimension ref="A1:R80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
   </cols>
   <sheetData>
@@ -764,86 +779,86 @@
       <c r="A12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B12" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>315954144</v>
       </c>
       <c r="D12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E12" s="8">
         <v>24660704</v>
       </c>
       <c r="F12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G12" s="8">
         <v>905820557</v>
       </c>
       <c r="H12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I12" s="8">
-        <v>85226974</v>
+        <v>85212972</v>
       </c>
       <c r="J12" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K12" s="8">
         <v>126797286</v>
       </c>
       <c r="L12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M12" s="8">
         <v>12903382</v>
       </c>
       <c r="N12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O12" s="8">
         <v>1348571987</v>
       </c>
       <c r="P12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q12" s="8">
-        <v>122791060</v>
+        <v>122777058</v>
       </c>
       <c r="R12" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" t="s" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>11168929</v>
       </c>
       <c r="D13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E13" s="8">
         <v/>
       </c>
       <c r="F13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G13" s="8">
         <v/>
       </c>
       <c r="H13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I13" s="8">
         <v/>
       </c>
       <c r="J13" t="s" s="7">
         <v>14</v>
       </c>
@@ -855,51 +870,51 @@
       </c>
       <c r="M13" s="8">
         <v/>
       </c>
       <c r="N13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O13" s="8">
         <v>11168929</v>
       </c>
       <c r="P13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q13" s="8">
         <v>0</v>
       </c>
       <c r="R13" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B14" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C14" s="8">
         <v>252642</v>
       </c>
       <c r="D14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E14" s="8">
         <v/>
       </c>
       <c r="F14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G14" s="8">
         <v/>
       </c>
       <c r="H14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I14" s="8">
         <v/>
       </c>
       <c r="J14" t="s" s="7">
         <v>14</v>
       </c>
@@ -911,51 +926,51 @@
       </c>
       <c r="M14" s="8">
         <v/>
       </c>
       <c r="N14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O14" s="8">
         <v>252642</v>
       </c>
       <c r="P14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q14" s="8">
         <v>0</v>
       </c>
       <c r="R14" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B15" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C15" s="8">
         <v>1162412</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E15" s="8">
         <v>54256</v>
       </c>
       <c r="F15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G15" s="8">
         <v/>
       </c>
       <c r="H15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I15" s="8">
         <v/>
       </c>
       <c r="J15" t="s" s="7">
         <v>14</v>
       </c>
@@ -967,99 +982,99 @@
       </c>
       <c r="M15" s="8">
         <v/>
       </c>
       <c r="N15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O15" s="8">
         <v>1162412</v>
       </c>
       <c r="P15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q15" s="8">
         <v>54256</v>
       </c>
       <c r="R15" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B16" t="s" s="9">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C16" s="10">
         <v>1454616465</v>
       </c>
       <c r="D16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E16" s="10">
         <v>234373909</v>
       </c>
       <c r="F16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G16" s="10">
         <v>976899178</v>
       </c>
       <c r="H16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I16" s="10">
-        <v>89652881</v>
+        <v>89638879</v>
       </c>
       <c r="J16" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K16" s="10">
         <v>166328487</v>
       </c>
       <c r="L16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M16" s="10">
         <v>14500533</v>
       </c>
       <c r="N16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O16" s="10">
         <v>2597844130</v>
       </c>
       <c r="P16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q16" s="10">
-        <v>338527323</v>
+        <v>338513321</v>
       </c>
       <c r="R16" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B17" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C17" s="8">
         <v>163303969</v>
       </c>
       <c r="D17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E17" s="8">
         <v>142836105</v>
       </c>
       <c r="F17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G17" s="8">
         <v/>
       </c>
       <c r="H17" t="s" s="7">
@@ -1156,86 +1171,86 @@
       <c r="A19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B19" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C19" s="8">
         <v>298722561</v>
       </c>
       <c r="D19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E19" s="8">
         <v>26129053</v>
       </c>
       <c r="F19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G19" s="8">
         <v>869582046</v>
       </c>
       <c r="H19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I19" s="8">
-        <v>86472355</v>
+        <v>86469154</v>
       </c>
       <c r="J19" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K19" s="8">
         <v>108006088</v>
       </c>
       <c r="L19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M19" s="8">
         <v>12550967</v>
       </c>
       <c r="N19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O19" s="8">
         <v>1276310695</v>
       </c>
       <c r="P19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q19" s="8">
-        <v>125152375</v>
+        <v>125149174</v>
       </c>
       <c r="R19" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" t="s" s="7">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B20" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C20" s="8">
         <v>11036033</v>
       </c>
       <c r="D20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E20" s="8">
         <v/>
       </c>
       <c r="F20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G20" s="8">
         <v/>
       </c>
       <c r="H20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I20" s="8">
         <v/>
       </c>
       <c r="J20" t="s" s="7">
         <v>14</v>
       </c>
@@ -1247,51 +1262,51 @@
       </c>
       <c r="M20" s="8">
         <v/>
       </c>
       <c r="N20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O20" s="8">
         <v>11036033</v>
       </c>
       <c r="P20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q20" s="8">
         <v>0</v>
       </c>
       <c r="R20" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B21" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C21" s="8">
         <v>248298</v>
       </c>
       <c r="D21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E21" s="8">
         <v/>
       </c>
       <c r="F21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G21" s="8">
         <v/>
       </c>
       <c r="H21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I21" s="8">
         <v/>
       </c>
       <c r="J21" t="s" s="7">
         <v>14</v>
       </c>
@@ -1303,51 +1318,51 @@
       </c>
       <c r="M21" s="8">
         <v/>
       </c>
       <c r="N21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O21" s="8">
         <v>248298</v>
       </c>
       <c r="P21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q21" s="8">
         <v>0</v>
       </c>
       <c r="R21" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B22" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C22" s="8">
         <v>1101552</v>
       </c>
       <c r="D22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E22" s="8">
         <v>53898</v>
       </c>
       <c r="F22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G22" s="8">
         <v/>
       </c>
       <c r="H22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I22" s="8">
         <v/>
       </c>
       <c r="J22" t="s" s="7">
         <v>14</v>
       </c>
@@ -1359,99 +1374,99 @@
       </c>
       <c r="M22" s="8">
         <v/>
       </c>
       <c r="N22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O22" s="8">
         <v>1101552</v>
       </c>
       <c r="P22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q22" s="8">
         <v>53898</v>
       </c>
       <c r="R22" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B23" t="s" s="9">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C23" s="10">
         <v>1431942544</v>
       </c>
       <c r="D23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E23" s="10">
         <v>237794232</v>
       </c>
       <c r="F23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G23" s="10">
         <v>939798568</v>
       </c>
       <c r="H23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I23" s="10">
-        <v>90838742</v>
+        <v>90835541</v>
       </c>
       <c r="J23" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K23" s="10">
         <v>140603289</v>
       </c>
       <c r="L23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M23" s="10">
         <v>14187460</v>
       </c>
       <c r="N23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O23" s="10">
         <v>2512344401</v>
       </c>
       <c r="P23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q23" s="10">
-        <v>342820434</v>
+        <v>342817233</v>
       </c>
       <c r="R23" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B24" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C24" s="8">
         <v>183072698</v>
       </c>
       <c r="D24" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E24" s="8">
         <v>168729352</v>
       </c>
       <c r="F24" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G24" s="8">
         <v/>
       </c>
       <c r="H24" t="s" s="7">
@@ -1548,86 +1563,86 @@
       <c r="A26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B26" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C26" s="8">
         <v>342838350</v>
       </c>
       <c r="D26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E26" s="8">
         <v>30494988</v>
       </c>
       <c r="F26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G26" s="8">
         <v>977083827</v>
       </c>
       <c r="H26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I26" s="8">
-        <v>93990520</v>
+        <v>93990604</v>
       </c>
       <c r="J26" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K26" s="8">
         <v>129022385</v>
       </c>
       <c r="L26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M26" s="8">
         <v>17195121</v>
       </c>
       <c r="N26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O26" s="8">
         <v>1448944562</v>
       </c>
       <c r="P26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q26" s="8">
-        <v>141680629</v>
+        <v>141680713</v>
       </c>
       <c r="R26" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s" s="7">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B27" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C27" s="8">
         <v>12608644</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E27" s="8">
         <v/>
       </c>
       <c r="F27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G27" s="8">
         <v/>
       </c>
       <c r="H27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I27" s="8">
         <v/>
       </c>
       <c r="J27" t="s" s="7">
         <v>14</v>
       </c>
@@ -1639,51 +1654,51 @@
       </c>
       <c r="M27" s="8">
         <v/>
       </c>
       <c r="N27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O27" s="8">
         <v>12608644</v>
       </c>
       <c r="P27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q27" s="8">
         <v>0</v>
       </c>
       <c r="R27" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B28" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C28" s="8">
         <v>272476</v>
       </c>
       <c r="D28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E28" s="8">
         <v/>
       </c>
       <c r="F28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G28" s="8">
         <v/>
       </c>
       <c r="H28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I28" s="8">
         <v/>
       </c>
       <c r="J28" t="s" s="7">
         <v>14</v>
       </c>
@@ -1695,51 +1710,51 @@
       </c>
       <c r="M28" s="8">
         <v/>
       </c>
       <c r="N28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O28" s="8">
         <v>272476</v>
       </c>
       <c r="P28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q28" s="8">
         <v>0</v>
       </c>
       <c r="R28" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B29" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C29" s="8">
         <v>1281970</v>
       </c>
       <c r="D29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E29" s="8">
         <v>69651</v>
       </c>
       <c r="F29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G29" s="8">
         <v/>
       </c>
       <c r="H29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I29" s="8">
         <v/>
       </c>
       <c r="J29" t="s" s="7">
         <v>14</v>
       </c>
@@ -1751,99 +1766,99 @@
       </c>
       <c r="M29" s="8">
         <v/>
       </c>
       <c r="N29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O29" s="8">
         <v>1281970</v>
       </c>
       <c r="P29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q29" s="8">
         <v>69651</v>
       </c>
       <c r="R29" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B30" t="s" s="9">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C30" s="10">
         <v>1598539203</v>
       </c>
       <c r="D30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E30" s="10">
         <v>278246543</v>
       </c>
       <c r="F30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G30" s="10">
         <v>1056795276</v>
       </c>
       <c r="H30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I30" s="10">
-        <v>99037570</v>
+        <v>99037654</v>
       </c>
       <c r="J30" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K30" s="10">
         <v>167917717</v>
       </c>
       <c r="L30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M30" s="10">
         <v>19240244</v>
       </c>
       <c r="N30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O30" s="10">
         <v>2823252196</v>
       </c>
       <c r="P30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q30" s="10">
-        <v>396524357</v>
+        <v>396524441</v>
       </c>
       <c r="R30" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B31" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C31" s="8">
         <v>181486303</v>
       </c>
       <c r="D31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E31" s="8">
         <v>179332370</v>
       </c>
       <c r="F31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G31" s="8">
         <v/>
       </c>
       <c r="H31" t="s" s="7">
@@ -1940,86 +1955,86 @@
       <c r="A33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B33" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C33" s="8">
         <v>359666357</v>
       </c>
       <c r="D33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E33" s="8">
         <v>32755854</v>
       </c>
       <c r="F33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G33" s="8">
         <v>1004078926</v>
       </c>
       <c r="H33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I33" s="8">
-        <v>101231595</v>
+        <v>101057872</v>
       </c>
       <c r="J33" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K33" s="8">
         <v>246639016</v>
       </c>
       <c r="L33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M33" s="8">
         <v>29143144</v>
       </c>
       <c r="N33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O33" s="8">
         <v>1610384299</v>
       </c>
       <c r="P33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q33" s="8">
-        <v>163130593</v>
+        <v>162956870</v>
       </c>
       <c r="R33" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B34" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C34" s="8">
         <v>12459544</v>
       </c>
       <c r="D34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E34" s="8">
         <v/>
       </c>
       <c r="F34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G34" s="8">
         <v/>
       </c>
       <c r="H34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I34" s="8">
         <v/>
       </c>
       <c r="J34" t="s" s="7">
         <v>14</v>
       </c>
@@ -2031,51 +2046,51 @@
       </c>
       <c r="M34" s="8">
         <v/>
       </c>
       <c r="N34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O34" s="8">
         <v>12459544</v>
       </c>
       <c r="P34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q34" s="8">
         <v>0</v>
       </c>
       <c r="R34" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B35" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C35" s="8">
         <v>283967</v>
       </c>
       <c r="D35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E35" s="8">
         <v/>
       </c>
       <c r="F35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G35" s="8">
         <v/>
       </c>
       <c r="H35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I35" s="8">
         <v/>
       </c>
       <c r="J35" t="s" s="7">
         <v>14</v>
       </c>
@@ -2087,51 +2102,51 @@
       </c>
       <c r="M35" s="8">
         <v/>
       </c>
       <c r="N35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O35" s="8">
         <v>283967</v>
       </c>
       <c r="P35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q35" s="8">
         <v>0</v>
       </c>
       <c r="R35" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B36" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C36" s="8">
         <v>1352865</v>
       </c>
       <c r="D36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E36" s="8">
         <v>77885</v>
       </c>
       <c r="F36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G36" s="8">
         <v/>
       </c>
       <c r="H36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I36" s="8">
         <v/>
       </c>
       <c r="J36" t="s" s="7">
         <v>14</v>
       </c>
@@ -2143,99 +2158,99 @@
       </c>
       <c r="M36" s="8">
         <v/>
       </c>
       <c r="N36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O36" s="8">
         <v>1352865</v>
       </c>
       <c r="P36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q36" s="8">
         <v>77885</v>
       </c>
       <c r="R36" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B37" t="s" s="9">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C37" s="10">
         <v>1675533639</v>
       </c>
       <c r="D37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E37" s="10">
         <v>294132600</v>
       </c>
       <c r="F37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G37" s="10">
         <v>1086770211</v>
       </c>
       <c r="H37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I37" s="10">
-        <v>106560987</v>
+        <v>106387264</v>
       </c>
       <c r="J37" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K37" s="10">
         <v>306733384</v>
       </c>
       <c r="L37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M37" s="10">
         <v>31365728</v>
       </c>
       <c r="N37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O37" s="10">
         <v>3069037234</v>
       </c>
       <c r="P37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q37" s="10">
-        <v>432059315</v>
+        <v>431885592</v>
       </c>
       <c r="R37" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B38" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C38" s="8">
         <v>187764011</v>
       </c>
       <c r="D38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E38" s="8">
         <v>192499150</v>
       </c>
       <c r="F38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G38" s="8">
         <v/>
       </c>
       <c r="H38" t="s" s="7">
@@ -2332,86 +2347,86 @@
       <c r="A40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B40" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C40" s="8">
         <v>382114243</v>
       </c>
       <c r="D40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E40" s="8">
         <v>37262225</v>
       </c>
       <c r="F40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G40" s="8">
         <v>1046451291</v>
       </c>
       <c r="H40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I40" s="8">
-        <v>112258799</v>
+        <v>111644482</v>
       </c>
       <c r="J40" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K40" s="8">
         <v>346649702</v>
       </c>
       <c r="L40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M40" s="8">
         <v>45812093</v>
       </c>
       <c r="N40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O40" s="8">
         <v>1775215236</v>
       </c>
       <c r="P40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q40" s="8">
-        <v>195333117</v>
+        <v>194718800</v>
       </c>
       <c r="R40" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B41" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C41" s="8">
         <v>13482545</v>
       </c>
       <c r="D41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E41" s="8">
         <v/>
       </c>
       <c r="F41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G41" s="8">
         <v/>
       </c>
       <c r="H41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I41" s="8">
         <v/>
       </c>
       <c r="J41" t="s" s="7">
         <v>14</v>
       </c>
@@ -2423,51 +2438,51 @@
       </c>
       <c r="M41" s="8">
         <v/>
       </c>
       <c r="N41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O41" s="8">
         <v>13482545</v>
       </c>
       <c r="P41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q41" s="8">
         <v>0</v>
       </c>
       <c r="R41" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B42" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C42" s="8">
         <v>291361</v>
       </c>
       <c r="D42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E42" s="8">
         <v/>
       </c>
       <c r="F42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G42" s="8">
         <v/>
       </c>
       <c r="H42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I42" s="8">
         <v/>
       </c>
       <c r="J42" t="s" s="7">
         <v>14</v>
       </c>
@@ -2479,51 +2494,51 @@
       </c>
       <c r="M42" s="8">
         <v/>
       </c>
       <c r="N42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O42" s="8">
         <v>291361</v>
       </c>
       <c r="P42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q42" s="8">
         <v>0</v>
       </c>
       <c r="R42" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B43" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C43" s="8">
         <v>1323815</v>
       </c>
       <c r="D43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E43" s="8">
         <v>91049</v>
       </c>
       <c r="F43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G43" s="8">
         <v/>
       </c>
       <c r="H43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I43" s="8">
         <v/>
       </c>
       <c r="J43" t="s" s="7">
         <v>14</v>
       </c>
@@ -2535,99 +2550,99 @@
       </c>
       <c r="M43" s="8">
         <v/>
       </c>
       <c r="N43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O43" s="8">
         <v>1323815</v>
       </c>
       <c r="P43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q43" s="8">
         <v>91049</v>
       </c>
       <c r="R43" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B44" t="s" s="9">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C44" s="10">
         <v>1772172126</v>
       </c>
       <c r="D44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E44" s="10">
         <v>316827756</v>
       </c>
       <c r="F44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G44" s="10">
         <v>1137109165</v>
       </c>
       <c r="H44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I44" s="10">
-        <v>118390244</v>
+        <v>117775927</v>
       </c>
       <c r="J44" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K44" s="10">
         <v>428424325</v>
       </c>
       <c r="L44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M44" s="10">
         <v>48930497</v>
       </c>
       <c r="N44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O44" s="10">
         <v>3337705616</v>
       </c>
       <c r="P44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q44" s="10">
-        <v>484148497</v>
+        <v>483534180</v>
       </c>
       <c r="R44" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B45" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C45" s="8">
         <v>193795611</v>
       </c>
       <c r="D45" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E45" s="8">
         <v>216146104</v>
       </c>
       <c r="F45" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G45" s="8">
         <v/>
       </c>
       <c r="H45" t="s" s="7">
@@ -2724,86 +2739,86 @@
       <c r="A47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B47" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C47" s="8">
         <v>387118920</v>
       </c>
       <c r="D47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E47" s="8">
         <v>38596256</v>
       </c>
       <c r="F47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G47" s="8">
         <v>1063140078</v>
       </c>
       <c r="H47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I47" s="8">
-        <v>119031532</v>
+        <v>118716780</v>
       </c>
       <c r="J47" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K47" s="8">
         <v>655149315</v>
       </c>
       <c r="L47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M47" s="8">
         <v>73699268</v>
       </c>
       <c r="N47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O47" s="8">
         <v>2105408313</v>
       </c>
       <c r="P47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q47" s="8">
-        <v>231327056</v>
+        <v>231012304</v>
       </c>
       <c r="R47" t="s" s="7">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" t="s" s="7">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B48" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C48" s="8">
         <v>13556877</v>
       </c>
       <c r="D48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E48" s="8">
         <v/>
       </c>
       <c r="F48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G48" s="8">
         <v/>
       </c>
       <c r="H48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I48" s="8">
         <v/>
       </c>
       <c r="J48" t="s" s="7">
         <v>14</v>
       </c>
@@ -2815,51 +2830,51 @@
       </c>
       <c r="M48" s="8">
         <v/>
       </c>
       <c r="N48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O48" s="8">
         <v>13556877</v>
       </c>
       <c r="P48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q48" s="8">
         <v>0</v>
       </c>
       <c r="R48" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B49" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C49" s="8">
         <v>285125</v>
       </c>
       <c r="D49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E49" s="8">
         <v/>
       </c>
       <c r="F49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G49" s="8">
         <v/>
       </c>
       <c r="H49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I49" s="8">
         <v/>
       </c>
       <c r="J49" t="s" s="7">
         <v>14</v>
       </c>
@@ -2871,51 +2886,51 @@
       </c>
       <c r="M49" s="8">
         <v/>
       </c>
       <c r="N49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O49" s="8">
         <v>285125</v>
       </c>
       <c r="P49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q49" s="8">
         <v>0</v>
       </c>
       <c r="R49" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B50" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C50" s="8">
         <v>1298294</v>
       </c>
       <c r="D50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E50" s="8">
         <v>66568</v>
       </c>
       <c r="F50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G50" s="8">
         <v/>
       </c>
       <c r="H50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I50" s="8">
         <v/>
       </c>
       <c r="J50" t="s" s="7">
         <v>14</v>
       </c>
@@ -2927,491 +2942,1672 @@
       </c>
       <c r="M50" s="8">
         <v/>
       </c>
       <c r="N50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O50" s="8">
         <v>1298294</v>
       </c>
       <c r="P50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q50" s="8">
         <v>66568</v>
       </c>
       <c r="R50" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B51" t="s" s="9">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C51" s="10">
         <v>1747294949</v>
       </c>
       <c r="D51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E51" s="10">
         <v>342118742</v>
       </c>
       <c r="F51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G51" s="10">
         <v>1153992961</v>
       </c>
       <c r="H51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I51" s="10">
-        <v>125263475</v>
+        <v>124948723</v>
       </c>
       <c r="J51" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K51" s="10">
         <v>789147020</v>
       </c>
       <c r="L51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M51" s="10">
         <v>77152443</v>
       </c>
       <c r="N51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O51" s="10">
         <v>3690434930</v>
       </c>
       <c r="P51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q51" s="10">
-        <v>544534660</v>
+        <v>544219908</v>
       </c>
       <c r="R51" t="s" s="9">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B52" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C52" s="8">
-        <v>1078395561</v>
+        <v>217254445</v>
       </c>
       <c r="D52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E52" s="8">
-        <v>1039792430</v>
+        <v>240133666</v>
       </c>
       <c r="F52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G52" s="8">
         <v/>
       </c>
       <c r="H52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I52" s="8">
         <v/>
       </c>
       <c r="J52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K52" s="8">
         <v/>
       </c>
       <c r="L52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M52" s="8">
         <v/>
       </c>
       <c r="N52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O52" s="8">
-        <v>1078395561</v>
+        <v>217254445</v>
       </c>
       <c r="P52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q52" s="8">
-        <v>1039792430</v>
+        <v>240133666</v>
       </c>
       <c r="R52" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B53" t="s" s="7">
         <v>16</v>
       </c>
       <c r="C53" s="8">
-        <v>6431821441</v>
+        <v>1166163110</v>
       </c>
       <c r="D53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E53" s="8">
-        <v>473388965</v>
+        <v>93132141</v>
       </c>
       <c r="F53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G53" s="8">
-        <v>485208634</v>
+        <v>95679395</v>
       </c>
       <c r="H53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I53" s="8">
-        <v>31532124</v>
+        <v>6592113</v>
       </c>
       <c r="J53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K53" s="8">
-        <v>386890430</v>
+        <v>199704837</v>
       </c>
       <c r="L53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M53" s="8">
-        <v>14072930</v>
+        <v>4022891</v>
       </c>
       <c r="N53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O53" s="8">
-        <v>7303920505</v>
+        <v>1461547342</v>
       </c>
       <c r="P53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q53" s="8">
-        <v>518994019</v>
+        <v>103747145</v>
       </c>
       <c r="R53" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B54" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C54" s="8">
-        <v>2086414575</v>
+        <v>402484276</v>
       </c>
       <c r="D54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E54" s="8">
-        <v>189899080</v>
+        <v>41119984</v>
       </c>
       <c r="F54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G54" s="8">
-        <v>5866156725</v>
+        <v>1092862993</v>
       </c>
       <c r="H54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I54" s="8">
-        <v>598211775</v>
+        <v>125098887</v>
       </c>
       <c r="J54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K54" s="8">
-        <v>1612263792</v>
+        <v>1027227733</v>
       </c>
       <c r="L54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M54" s="8">
-        <v>191303975</v>
+        <v>112428909</v>
       </c>
       <c r="N54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O54" s="8">
-        <v>9564835092</v>
+        <v>2522575002</v>
       </c>
       <c r="P54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q54" s="8">
-        <v>979414830</v>
+        <v>278647780</v>
       </c>
       <c r="R54" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" t="s" s="7">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B55" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C55" s="8">
-        <v>74312572</v>
+        <v>15243676</v>
       </c>
       <c r="D55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E55" s="8">
         <v/>
       </c>
       <c r="F55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G55" s="8">
         <v/>
       </c>
       <c r="H55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I55" s="8">
         <v/>
       </c>
       <c r="J55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K55" s="8">
         <v/>
       </c>
       <c r="L55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M55" s="8">
         <v/>
       </c>
       <c r="N55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O55" s="8">
-        <v>74312572</v>
+        <v>15243676</v>
       </c>
       <c r="P55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q55" s="8">
         <v>0</v>
       </c>
       <c r="R55" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B56" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C56" s="8">
-        <v>1633869</v>
+        <v>344861</v>
       </c>
       <c r="D56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E56" s="8">
         <v/>
       </c>
       <c r="F56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G56" s="8">
         <v/>
       </c>
       <c r="H56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I56" s="8">
         <v/>
       </c>
       <c r="J56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K56" s="8">
         <v/>
       </c>
       <c r="L56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M56" s="8">
         <v/>
       </c>
       <c r="N56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O56" s="8">
-        <v>1633869</v>
+        <v>344861</v>
       </c>
       <c r="P56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q56" s="8">
         <v>0</v>
       </c>
       <c r="R56" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B57" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C57" s="8">
-        <v>7520908</v>
+        <v>1377690</v>
       </c>
       <c r="D57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E57" s="8">
-        <v>413307</v>
+        <v>56879</v>
       </c>
       <c r="F57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G57" s="8">
         <v/>
       </c>
       <c r="H57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I57" s="8">
         <v/>
       </c>
       <c r="J57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K57" s="8">
         <v/>
       </c>
       <c r="L57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M57" s="8">
         <v/>
       </c>
       <c r="N57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O57" s="8">
-        <v>7520908</v>
+        <v>1377690</v>
       </c>
       <c r="P57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q57" s="8">
-        <v>413307</v>
+        <v>56879</v>
       </c>
       <c r="R57" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B58" t="s" s="9">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C58" s="10">
-        <v>9680098926</v>
+        <v>1802868058</v>
       </c>
       <c r="D58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E58" s="10">
-        <v>1703493782</v>
+        <v>374442670</v>
       </c>
       <c r="F58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G58" s="10">
-        <v>6351365359</v>
+        <v>1188542388</v>
       </c>
       <c r="H58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I58" s="10">
-        <v>629743899</v>
+        <v>131691000</v>
       </c>
       <c r="J58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="K58" s="10">
-        <v>1999154222</v>
+        <v>1226932570</v>
       </c>
       <c r="L58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M58" s="10">
-        <v>205376905</v>
+        <v>116451800</v>
       </c>
       <c r="N58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O58" s="10">
-        <v>18030618507</v>
+        <v>4218343016</v>
       </c>
       <c r="P58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q58" s="10">
-        <v>2538614586</v>
+        <v>622585470</v>
       </c>
       <c r="R58" t="s" s="9">
         <v>14</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18">
+      <c r="A59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B59" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C59" s="8">
+        <v>198593184</v>
+      </c>
+      <c r="D59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E59" s="8">
+        <v>228158852</v>
+      </c>
+      <c r="F59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G59" s="8">
+        <v/>
+      </c>
+      <c r="H59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I59" s="8">
+        <v/>
+      </c>
+      <c r="J59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K59" s="8">
+        <v/>
+      </c>
+      <c r="L59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M59" s="8">
+        <v/>
+      </c>
+      <c r="N59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O59" s="8">
+        <v>198593184</v>
+      </c>
+      <c r="P59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q59" s="8">
+        <v>228158852</v>
+      </c>
+      <c r="R59" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18">
+      <c r="A60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B60" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C60" s="8">
+        <v>1110309999</v>
+      </c>
+      <c r="D60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E60" s="8">
+        <v>84878051</v>
+      </c>
+      <c r="F60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G60" s="8">
+        <v>96077154</v>
+      </c>
+      <c r="H60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I60" s="8">
+        <v>6246756</v>
+      </c>
+      <c r="J60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K60" s="8">
+        <v>222914457</v>
+      </c>
+      <c r="L60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M60" s="8">
+        <v>4141882</v>
+      </c>
+      <c r="N60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O60" s="8">
+        <v>1429301610</v>
+      </c>
+      <c r="P60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q60" s="8">
+        <v>95266689</v>
+      </c>
+      <c r="R60" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18">
+      <c r="A61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B61" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C61" s="8">
+        <v>392025078</v>
+      </c>
+      <c r="D61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E61" s="8">
+        <v>37194438</v>
+      </c>
+      <c r="F61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G61" s="8">
+        <v>1044122084</v>
+      </c>
+      <c r="H61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I61" s="8">
+        <v>111536293</v>
+      </c>
+      <c r="J61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K61" s="8">
+        <v>1099245449</v>
+      </c>
+      <c r="L61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M61" s="8">
+        <v>122471120</v>
+      </c>
+      <c r="N61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O61" s="8">
+        <v>2535392611</v>
+      </c>
+      <c r="P61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q61" s="8">
+        <v>271201851</v>
+      </c>
+      <c r="R61" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18">
+      <c r="A62" t="s" s="7">
+        <v>30</v>
+      </c>
+      <c r="B62" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C62" s="8">
+        <v>15881682</v>
+      </c>
+      <c r="D62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E62" s="8">
+        <v/>
+      </c>
+      <c r="F62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G62" s="8">
+        <v/>
+      </c>
+      <c r="H62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I62" s="8">
+        <v/>
+      </c>
+      <c r="J62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K62" s="8">
+        <v/>
+      </c>
+      <c r="L62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M62" s="8">
+        <v/>
+      </c>
+      <c r="N62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O62" s="8">
+        <v>15881682</v>
+      </c>
+      <c r="P62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q62" s="8">
+        <v>0</v>
+      </c>
+      <c r="R62" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18">
+      <c r="A63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B63" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C63" s="8">
+        <v>280244</v>
+      </c>
+      <c r="D63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E63" s="8">
+        <v/>
+      </c>
+      <c r="F63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G63" s="8">
+        <v/>
+      </c>
+      <c r="H63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I63" s="8">
+        <v/>
+      </c>
+      <c r="J63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K63" s="8">
+        <v/>
+      </c>
+      <c r="L63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M63" s="8">
+        <v/>
+      </c>
+      <c r="N63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O63" s="8">
+        <v>280244</v>
+      </c>
+      <c r="P63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q63" s="8">
+        <v>0</v>
+      </c>
+      <c r="R63" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18">
+      <c r="A64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B64" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="C64" s="8">
+        <v>1558137</v>
+      </c>
+      <c r="D64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E64" s="8">
+        <v>69810</v>
+      </c>
+      <c r="F64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G64" s="8">
+        <v/>
+      </c>
+      <c r="H64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I64" s="8">
+        <v/>
+      </c>
+      <c r="J64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K64" s="8">
+        <v/>
+      </c>
+      <c r="L64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M64" s="8">
+        <v/>
+      </c>
+      <c r="N64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O64" s="8">
+        <v>1558137</v>
+      </c>
+      <c r="P64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q64" s="8">
+        <v>69810</v>
+      </c>
+      <c r="R64" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18">
+      <c r="A65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B65" t="s" s="9">
+        <v>23</v>
+      </c>
+      <c r="C65" s="10">
+        <v>1718648324</v>
+      </c>
+      <c r="D65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E65" s="10">
+        <v>350301151</v>
+      </c>
+      <c r="F65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G65" s="10">
+        <v>1140199238</v>
+      </c>
+      <c r="H65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I65" s="10">
+        <v>117783049</v>
+      </c>
+      <c r="J65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K65" s="10">
+        <v>1322159906</v>
+      </c>
+      <c r="L65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M65" s="10">
+        <v>126613002</v>
+      </c>
+      <c r="N65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O65" s="10">
+        <v>4181007468</v>
+      </c>
+      <c r="P65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q65" s="10">
+        <v>594697202</v>
+      </c>
+      <c r="R65" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18">
+      <c r="A66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B66" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C66" s="8">
+        <v>214437983</v>
+      </c>
+      <c r="D66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E66" s="8">
+        <v>223938213</v>
+      </c>
+      <c r="F66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G66" s="8">
+        <v/>
+      </c>
+      <c r="H66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I66" s="8">
+        <v/>
+      </c>
+      <c r="J66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K66" s="8">
+        <v/>
+      </c>
+      <c r="L66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M66" s="8">
+        <v/>
+      </c>
+      <c r="N66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O66" s="8">
+        <v>214437983</v>
+      </c>
+      <c r="P66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q66" s="8">
+        <v>223938213</v>
+      </c>
+      <c r="R66" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18">
+      <c r="A67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B67" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C67" s="8">
+        <v>1141883828</v>
+      </c>
+      <c r="D67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E67" s="8">
+        <v>89470129</v>
+      </c>
+      <c r="F67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G67" s="8">
+        <v>91997394</v>
+      </c>
+      <c r="H67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I67" s="8">
+        <v>6127585</v>
+      </c>
+      <c r="J67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K67" s="8">
+        <v>123250601</v>
+      </c>
+      <c r="L67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M67" s="8">
+        <v>3495487</v>
+      </c>
+      <c r="N67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O67" s="8">
+        <v>1357131823</v>
+      </c>
+      <c r="P67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q67" s="8">
+        <v>99093201</v>
+      </c>
+      <c r="R67" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18">
+      <c r="A68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B68" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C68" s="8">
+        <v>393621633</v>
+      </c>
+      <c r="D68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E68" s="8">
+        <v>36823959</v>
+      </c>
+      <c r="F68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G68" s="8">
+        <v>1036857367</v>
+      </c>
+      <c r="H68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I68" s="8">
+        <v>111482192</v>
+      </c>
+      <c r="J68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K68" s="8">
+        <v>579666051</v>
+      </c>
+      <c r="L68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M68" s="8">
+        <v>68839011</v>
+      </c>
+      <c r="N68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O68" s="8">
+        <v>2010145051</v>
+      </c>
+      <c r="P68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q68" s="8">
+        <v>217145162</v>
+      </c>
+      <c r="R68" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18">
+      <c r="A69" t="s" s="7">
+        <v>31</v>
+      </c>
+      <c r="B69" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C69" s="8">
+        <v>15699159</v>
+      </c>
+      <c r="D69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E69" s="8">
+        <v/>
+      </c>
+      <c r="F69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G69" s="8">
+        <v/>
+      </c>
+      <c r="H69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I69" s="8">
+        <v/>
+      </c>
+      <c r="J69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K69" s="8">
+        <v/>
+      </c>
+      <c r="L69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M69" s="8">
+        <v/>
+      </c>
+      <c r="N69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O69" s="8">
+        <v>15699159</v>
+      </c>
+      <c r="P69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q69" s="8">
+        <v>0</v>
+      </c>
+      <c r="R69" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18">
+      <c r="A70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B70" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C70" s="8">
+        <v>310497</v>
+      </c>
+      <c r="D70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E70" s="8">
+        <v/>
+      </c>
+      <c r="F70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G70" s="8">
+        <v/>
+      </c>
+      <c r="H70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I70" s="8">
+        <v/>
+      </c>
+      <c r="J70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K70" s="8">
+        <v/>
+      </c>
+      <c r="L70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M70" s="8">
+        <v/>
+      </c>
+      <c r="N70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O70" s="8">
+        <v>310497</v>
+      </c>
+      <c r="P70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q70" s="8">
+        <v>0</v>
+      </c>
+      <c r="R70" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18">
+      <c r="A71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B71" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="C71" s="8">
+        <v>1727569</v>
+      </c>
+      <c r="D71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E71" s="8">
+        <v>75792</v>
+      </c>
+      <c r="F71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G71" s="8">
+        <v/>
+      </c>
+      <c r="H71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I71" s="8">
+        <v/>
+      </c>
+      <c r="J71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K71" s="8">
+        <v/>
+      </c>
+      <c r="L71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M71" s="8">
+        <v/>
+      </c>
+      <c r="N71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O71" s="8">
+        <v>1727569</v>
+      </c>
+      <c r="P71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q71" s="8">
+        <v>75792</v>
+      </c>
+      <c r="R71" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18">
+      <c r="A72" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B72" t="s" s="9">
+        <v>23</v>
+      </c>
+      <c r="C72" s="10">
+        <v>1767680669</v>
+      </c>
+      <c r="D72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E72" s="10">
+        <v>350308093</v>
+      </c>
+      <c r="F72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G72" s="10">
+        <v>1128854761</v>
+      </c>
+      <c r="H72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I72" s="10">
+        <v>117609777</v>
+      </c>
+      <c r="J72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K72" s="10">
+        <v>702916652</v>
+      </c>
+      <c r="L72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M72" s="10">
+        <v>72334498</v>
+      </c>
+      <c r="N72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O72" s="10">
+        <v>3599452082</v>
+      </c>
+      <c r="P72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q72" s="10">
+        <v>540252368</v>
+      </c>
+      <c r="R72" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18">
+      <c r="A73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B73" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C73" s="8">
+        <v>1708681173</v>
+      </c>
+      <c r="D73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E73" s="8">
+        <v>1732023161</v>
+      </c>
+      <c r="F73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G73" s="8">
+        <v/>
+      </c>
+      <c r="H73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I73" s="8">
+        <v/>
+      </c>
+      <c r="J73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K73" s="8">
+        <v/>
+      </c>
+      <c r="L73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M73" s="8">
+        <v/>
+      </c>
+      <c r="N73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O73" s="8">
+        <v>1708681173</v>
+      </c>
+      <c r="P73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q73" s="8">
+        <v>1732023161</v>
+      </c>
+      <c r="R73" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18">
+      <c r="A74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B74" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C74" s="8">
+        <v>9850178378</v>
+      </c>
+      <c r="D74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E74" s="8">
+        <v>740869286</v>
+      </c>
+      <c r="F74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G74" s="8">
+        <v>768962577</v>
+      </c>
+      <c r="H74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I74" s="8">
+        <v>50498578</v>
+      </c>
+      <c r="J74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K74" s="8">
+        <v>932760325</v>
+      </c>
+      <c r="L74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M74" s="8">
+        <v>25733190</v>
+      </c>
+      <c r="N74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O74" s="8">
+        <v>11551901280</v>
+      </c>
+      <c r="P74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q74" s="8">
+        <v>817101054</v>
+      </c>
+      <c r="R74" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18">
+      <c r="A75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B75" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C75" s="8">
+        <v>3274545562</v>
+      </c>
+      <c r="D75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E75" s="8">
+        <v>305037461</v>
+      </c>
+      <c r="F75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G75" s="8">
+        <v>9039999169</v>
+      </c>
+      <c r="H75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I75" s="8">
+        <v>945209236</v>
+      </c>
+      <c r="J75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K75" s="8">
+        <v>4318403025</v>
+      </c>
+      <c r="L75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M75" s="8">
+        <v>495043015</v>
+      </c>
+      <c r="N75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O75" s="8">
+        <v>16632947756</v>
+      </c>
+      <c r="P75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q75" s="8">
+        <v>1745289712</v>
+      </c>
+      <c r="R75" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18">
+      <c r="A76" t="s" s="7">
+        <v>32</v>
+      </c>
+      <c r="B76" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C76" s="8">
+        <v>121137089</v>
+      </c>
+      <c r="D76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E76" s="8">
+        <v/>
+      </c>
+      <c r="F76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G76" s="8">
+        <v/>
+      </c>
+      <c r="H76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I76" s="8">
+        <v/>
+      </c>
+      <c r="J76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K76" s="8">
+        <v/>
+      </c>
+      <c r="L76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M76" s="8">
+        <v/>
+      </c>
+      <c r="N76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O76" s="8">
+        <v>121137089</v>
+      </c>
+      <c r="P76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q76" s="8">
+        <v>0</v>
+      </c>
+      <c r="R76" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18">
+      <c r="A77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B77" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C77" s="8">
+        <v>2569471</v>
+      </c>
+      <c r="D77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E77" s="8">
+        <v/>
+      </c>
+      <c r="F77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G77" s="8">
+        <v/>
+      </c>
+      <c r="H77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I77" s="8">
+        <v/>
+      </c>
+      <c r="J77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K77" s="8">
+        <v/>
+      </c>
+      <c r="L77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M77" s="8">
+        <v/>
+      </c>
+      <c r="N77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O77" s="8">
+        <v>2569471</v>
+      </c>
+      <c r="P77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q77" s="8">
+        <v>0</v>
+      </c>
+      <c r="R77" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18">
+      <c r="A78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B78" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="C78" s="8">
+        <v>12184304</v>
+      </c>
+      <c r="D78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E78" s="8">
+        <v>615788</v>
+      </c>
+      <c r="F78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G78" s="8">
+        <v/>
+      </c>
+      <c r="H78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I78" s="8">
+        <v/>
+      </c>
+      <c r="J78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K78" s="8">
+        <v/>
+      </c>
+      <c r="L78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M78" s="8">
+        <v/>
+      </c>
+      <c r="N78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O78" s="8">
+        <v>12184304</v>
+      </c>
+      <c r="P78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q78" s="8">
+        <v>615788</v>
+      </c>
+      <c r="R78" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18">
+      <c r="A79" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B79" t="s" s="9">
+        <v>32</v>
+      </c>
+      <c r="C79" s="10">
+        <v>14969295977</v>
+      </c>
+      <c r="D79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E79" s="10">
+        <v>2778545696</v>
+      </c>
+      <c r="F79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G79" s="10">
+        <v>9808961746</v>
+      </c>
+      <c r="H79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I79" s="10">
+        <v>995707814</v>
+      </c>
+      <c r="J79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K79" s="10">
+        <v>5251163350</v>
+      </c>
+      <c r="L79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M79" s="10">
+        <v>520776205</v>
+      </c>
+      <c r="N79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O79" s="10">
+        <v>30029421073</v>
+      </c>
+      <c r="P79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q79" s="10">
+        <v>4295029715</v>
+      </c>
+      <c r="R79" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18">
+      <c r="A80" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:R5"/>
     <mergeCell ref="A6:R6"/>
     <mergeCell ref="A7:R7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:R9"/>