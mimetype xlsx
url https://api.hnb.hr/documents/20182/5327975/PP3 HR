--- v1 (2026-02-01)
+++ v2 (2026-03-05)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PP3 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="931" uniqueCount="35">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>UKUPNA VRIJEDNOST TRANSAKCIJA PRIHVATA PLATNIH INSTRUMENATA U EURIMA - 2025. godina</t>
   </si>
   <si>
     <t>IZVJEŠTAJNO RAZDOBLJE</t>
   </si>
   <si>
     <t>Opis transakcije</t>
   </si>
   <si>
     <t>Vlastita</t>
   </si>
@@ -71,96 +71,99 @@
   <si>
     <t>Inozemni izdavatelj</t>
   </si>
   <si>
     <t>UKUPNO</t>
   </si>
   <si>
     <t>POTROŠAČ</t>
   </si>
   <si>
     <t>NEPOTROŠAČ</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> Polaganje gotovog novca</t>
   </si>
   <si>
     <t> Podizanje gotovog novca</t>
   </si>
   <si>
     <t> Kupovina</t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t> Prijenos</t>
   </si>
   <si>
     <t> Izdavanje (punjenje) e-novca</t>
   </si>
   <si>
     <t> Iskup e-novca</t>
   </si>
   <si>
     <t> Ukupno</t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
     <t> SRPANJ</t>
   </si>
   <si>
     <t> KOLOVOZ</t>
   </si>
   <si>
     <t> RUJAN</t>
   </si>
   <si>
-    <t> UKUPNO</t>
+    <t> LISTOPAD</t>
   </si>
   <si>
-    <t>* podaci su revidirani u odnosu na prethodnu objavu</t>
+    <t> STUDENI</t>
+  </si>
+  <si>
+    <t> PROSINAC</t>
+  </si>
+  <si>
+    <t> UKUPNO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -193,80 +196,86 @@
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
     </border>
     <border>
       <left style="none"/>
       <right style="none"/>
       <top style="none"/>
       <bottom style="none"/>
     </border>
     <border>
       <left style="none"/>
       <right style="none"/>
       <top style="none"/>
       <bottom style="medium"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="2">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -534,51 +543,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R80"/>
+  <dimension ref="A1:R100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
   </cols>
   <sheetData>
@@ -782,83 +791,83 @@
       <c r="B12" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>315954144</v>
       </c>
       <c r="D12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E12" s="8">
         <v>24660704</v>
       </c>
       <c r="F12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G12" s="8">
         <v>905820557</v>
       </c>
       <c r="H12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I12" s="8">
         <v>85212972</v>
       </c>
       <c r="J12" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K12" s="8">
         <v>126797286</v>
       </c>
       <c r="L12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M12" s="8">
         <v>12903382</v>
       </c>
       <c r="N12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O12" s="8">
         <v>1348571987</v>
       </c>
       <c r="P12" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q12" s="8">
         <v>122777058</v>
       </c>
       <c r="R12" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B13" t="s" s="7">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>11168929</v>
       </c>
       <c r="D13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E13" s="8">
         <v/>
       </c>
       <c r="F13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G13" s="8">
         <v/>
       </c>
       <c r="H13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I13" s="8">
         <v/>
       </c>
       <c r="J13" t="s" s="7">
         <v>14</v>
       </c>
@@ -870,51 +879,51 @@
       </c>
       <c r="M13" s="8">
         <v/>
       </c>
       <c r="N13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O13" s="8">
         <v>11168929</v>
       </c>
       <c r="P13" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q13" s="8">
         <v>0</v>
       </c>
       <c r="R13" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B14" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>252642</v>
       </c>
       <c r="D14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E14" s="8">
         <v/>
       </c>
       <c r="F14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G14" s="8">
         <v/>
       </c>
       <c r="H14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I14" s="8">
         <v/>
       </c>
       <c r="J14" t="s" s="7">
         <v>14</v>
       </c>
@@ -926,51 +935,51 @@
       </c>
       <c r="M14" s="8">
         <v/>
       </c>
       <c r="N14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O14" s="8">
         <v>252642</v>
       </c>
       <c r="P14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q14" s="8">
         <v>0</v>
       </c>
       <c r="R14" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B15" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>1162412</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E15" s="8">
         <v>54256</v>
       </c>
       <c r="F15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G15" s="8">
         <v/>
       </c>
       <c r="H15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I15" s="8">
         <v/>
       </c>
       <c r="J15" t="s" s="7">
         <v>14</v>
       </c>
@@ -982,99 +991,99 @@
       </c>
       <c r="M15" s="8">
         <v/>
       </c>
       <c r="N15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O15" s="8">
         <v>1162412</v>
       </c>
       <c r="P15" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q15" s="8">
         <v>54256</v>
       </c>
       <c r="R15" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B16" t="s" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C16" s="10">
         <v>1454616465</v>
       </c>
       <c r="D16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E16" s="10">
         <v>234373909</v>
       </c>
       <c r="F16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G16" s="10">
         <v>976899178</v>
       </c>
       <c r="H16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I16" s="10">
         <v>89638879</v>
       </c>
       <c r="J16" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K16" s="10">
         <v>166328487</v>
       </c>
       <c r="L16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M16" s="10">
         <v>14500533</v>
       </c>
       <c r="N16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O16" s="10">
         <v>2597844130</v>
       </c>
       <c r="P16" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q16" s="10">
         <v>338513321</v>
       </c>
       <c r="R16" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B17" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C17" s="8">
         <v>163303969</v>
       </c>
       <c r="D17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E17" s="8">
         <v>142836105</v>
       </c>
       <c r="F17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G17" s="8">
         <v/>
       </c>
       <c r="H17" t="s" s="7">
@@ -1174,83 +1183,83 @@
       <c r="B19" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C19" s="8">
         <v>298722561</v>
       </c>
       <c r="D19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E19" s="8">
         <v>26129053</v>
       </c>
       <c r="F19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G19" s="8">
         <v>869582046</v>
       </c>
       <c r="H19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I19" s="8">
         <v>86469154</v>
       </c>
       <c r="J19" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K19" s="8">
         <v>108006088</v>
       </c>
       <c r="L19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M19" s="8">
         <v>12550967</v>
       </c>
       <c r="N19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O19" s="8">
         <v>1276310695</v>
       </c>
       <c r="P19" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q19" s="8">
         <v>125149174</v>
       </c>
       <c r="R19" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B20" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C20" s="8">
         <v>11036033</v>
       </c>
       <c r="D20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E20" s="8">
         <v/>
       </c>
       <c r="F20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G20" s="8">
         <v/>
       </c>
       <c r="H20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I20" s="8">
         <v/>
       </c>
       <c r="J20" t="s" s="7">
         <v>14</v>
       </c>
@@ -1262,51 +1271,51 @@
       </c>
       <c r="M20" s="8">
         <v/>
       </c>
       <c r="N20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O20" s="8">
         <v>11036033</v>
       </c>
       <c r="P20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q20" s="8">
         <v>0</v>
       </c>
       <c r="R20" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B21" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C21" s="8">
         <v>248298</v>
       </c>
       <c r="D21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E21" s="8">
         <v/>
       </c>
       <c r="F21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G21" s="8">
         <v/>
       </c>
       <c r="H21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I21" s="8">
         <v/>
       </c>
       <c r="J21" t="s" s="7">
         <v>14</v>
       </c>
@@ -1318,51 +1327,51 @@
       </c>
       <c r="M21" s="8">
         <v/>
       </c>
       <c r="N21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O21" s="8">
         <v>248298</v>
       </c>
       <c r="P21" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q21" s="8">
         <v>0</v>
       </c>
       <c r="R21" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B22" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C22" s="8">
         <v>1101552</v>
       </c>
       <c r="D22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E22" s="8">
         <v>53898</v>
       </c>
       <c r="F22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G22" s="8">
         <v/>
       </c>
       <c r="H22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I22" s="8">
         <v/>
       </c>
       <c r="J22" t="s" s="7">
         <v>14</v>
       </c>
@@ -1374,99 +1383,99 @@
       </c>
       <c r="M22" s="8">
         <v/>
       </c>
       <c r="N22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O22" s="8">
         <v>1101552</v>
       </c>
       <c r="P22" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q22" s="8">
         <v>53898</v>
       </c>
       <c r="R22" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B23" t="s" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C23" s="10">
         <v>1431942544</v>
       </c>
       <c r="D23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E23" s="10">
         <v>237794232</v>
       </c>
       <c r="F23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G23" s="10">
         <v>939798568</v>
       </c>
       <c r="H23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I23" s="10">
         <v>90835541</v>
       </c>
       <c r="J23" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K23" s="10">
         <v>140603289</v>
       </c>
       <c r="L23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M23" s="10">
         <v>14187460</v>
       </c>
       <c r="N23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O23" s="10">
         <v>2512344401</v>
       </c>
       <c r="P23" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q23" s="10">
         <v>342817233</v>
       </c>
       <c r="R23" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B24" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C24" s="8">
         <v>183072698</v>
       </c>
       <c r="D24" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E24" s="8">
         <v>168729352</v>
       </c>
       <c r="F24" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G24" s="8">
         <v/>
       </c>
       <c r="H24" t="s" s="7">
@@ -1566,83 +1575,83 @@
       <c r="B26" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C26" s="8">
         <v>342838350</v>
       </c>
       <c r="D26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E26" s="8">
         <v>30494988</v>
       </c>
       <c r="F26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G26" s="8">
         <v>977083827</v>
       </c>
       <c r="H26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I26" s="8">
         <v>93990604</v>
       </c>
       <c r="J26" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K26" s="8">
         <v>129022385</v>
       </c>
       <c r="L26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M26" s="8">
         <v>17195121</v>
       </c>
       <c r="N26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O26" s="8">
         <v>1448944562</v>
       </c>
       <c r="P26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q26" s="8">
         <v>141680713</v>
       </c>
       <c r="R26" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B27" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C27" s="8">
         <v>12608644</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E27" s="8">
         <v/>
       </c>
       <c r="F27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G27" s="8">
         <v/>
       </c>
       <c r="H27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I27" s="8">
         <v/>
       </c>
       <c r="J27" t="s" s="7">
         <v>14</v>
       </c>
@@ -1654,51 +1663,51 @@
       </c>
       <c r="M27" s="8">
         <v/>
       </c>
       <c r="N27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O27" s="8">
         <v>12608644</v>
       </c>
       <c r="P27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q27" s="8">
         <v>0</v>
       </c>
       <c r="R27" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B28" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C28" s="8">
         <v>272476</v>
       </c>
       <c r="D28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E28" s="8">
         <v/>
       </c>
       <c r="F28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G28" s="8">
         <v/>
       </c>
       <c r="H28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I28" s="8">
         <v/>
       </c>
       <c r="J28" t="s" s="7">
         <v>14</v>
       </c>
@@ -1710,51 +1719,51 @@
       </c>
       <c r="M28" s="8">
         <v/>
       </c>
       <c r="N28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O28" s="8">
         <v>272476</v>
       </c>
       <c r="P28" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q28" s="8">
         <v>0</v>
       </c>
       <c r="R28" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B29" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C29" s="8">
         <v>1281970</v>
       </c>
       <c r="D29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E29" s="8">
         <v>69651</v>
       </c>
       <c r="F29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G29" s="8">
         <v/>
       </c>
       <c r="H29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I29" s="8">
         <v/>
       </c>
       <c r="J29" t="s" s="7">
         <v>14</v>
       </c>
@@ -1766,99 +1775,99 @@
       </c>
       <c r="M29" s="8">
         <v/>
       </c>
       <c r="N29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O29" s="8">
         <v>1281970</v>
       </c>
       <c r="P29" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q29" s="8">
         <v>69651</v>
       </c>
       <c r="R29" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B30" t="s" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C30" s="10">
         <v>1598539203</v>
       </c>
       <c r="D30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E30" s="10">
         <v>278246543</v>
       </c>
       <c r="F30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G30" s="10">
         <v>1056795276</v>
       </c>
       <c r="H30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I30" s="10">
         <v>99037654</v>
       </c>
       <c r="J30" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K30" s="10">
         <v>167917717</v>
       </c>
       <c r="L30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M30" s="10">
         <v>19240244</v>
       </c>
       <c r="N30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O30" s="10">
         <v>2823252196</v>
       </c>
       <c r="P30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q30" s="10">
         <v>396524441</v>
       </c>
       <c r="R30" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B31" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C31" s="8">
         <v>181486303</v>
       </c>
       <c r="D31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E31" s="8">
         <v>179332370</v>
       </c>
       <c r="F31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G31" s="8">
         <v/>
       </c>
       <c r="H31" t="s" s="7">
@@ -1958,83 +1967,83 @@
       <c r="B33" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C33" s="8">
         <v>359666357</v>
       </c>
       <c r="D33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E33" s="8">
         <v>32755854</v>
       </c>
       <c r="F33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G33" s="8">
         <v>1004078926</v>
       </c>
       <c r="H33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I33" s="8">
         <v>101057872</v>
       </c>
       <c r="J33" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K33" s="8">
         <v>246639016</v>
       </c>
       <c r="L33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M33" s="8">
         <v>29143144</v>
       </c>
       <c r="N33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O33" s="8">
         <v>1610384299</v>
       </c>
       <c r="P33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q33" s="8">
         <v>162956870</v>
       </c>
       <c r="R33" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B34" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C34" s="8">
         <v>12459544</v>
       </c>
       <c r="D34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E34" s="8">
         <v/>
       </c>
       <c r="F34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G34" s="8">
         <v/>
       </c>
       <c r="H34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I34" s="8">
         <v/>
       </c>
       <c r="J34" t="s" s="7">
         <v>14</v>
       </c>
@@ -2046,51 +2055,51 @@
       </c>
       <c r="M34" s="8">
         <v/>
       </c>
       <c r="N34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O34" s="8">
         <v>12459544</v>
       </c>
       <c r="P34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q34" s="8">
         <v>0</v>
       </c>
       <c r="R34" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B35" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C35" s="8">
         <v>283967</v>
       </c>
       <c r="D35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E35" s="8">
         <v/>
       </c>
       <c r="F35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G35" s="8">
         <v/>
       </c>
       <c r="H35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I35" s="8">
         <v/>
       </c>
       <c r="J35" t="s" s="7">
         <v>14</v>
       </c>
@@ -2102,51 +2111,51 @@
       </c>
       <c r="M35" s="8">
         <v/>
       </c>
       <c r="N35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O35" s="8">
         <v>283967</v>
       </c>
       <c r="P35" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q35" s="8">
         <v>0</v>
       </c>
       <c r="R35" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B36" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C36" s="8">
         <v>1352865</v>
       </c>
       <c r="D36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E36" s="8">
         <v>77885</v>
       </c>
       <c r="F36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G36" s="8">
         <v/>
       </c>
       <c r="H36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I36" s="8">
         <v/>
       </c>
       <c r="J36" t="s" s="7">
         <v>14</v>
       </c>
@@ -2158,99 +2167,99 @@
       </c>
       <c r="M36" s="8">
         <v/>
       </c>
       <c r="N36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O36" s="8">
         <v>1352865</v>
       </c>
       <c r="P36" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q36" s="8">
         <v>77885</v>
       </c>
       <c r="R36" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B37" t="s" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C37" s="10">
         <v>1675533639</v>
       </c>
       <c r="D37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E37" s="10">
         <v>294132600</v>
       </c>
       <c r="F37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G37" s="10">
         <v>1086770211</v>
       </c>
       <c r="H37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I37" s="10">
         <v>106387264</v>
       </c>
       <c r="J37" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K37" s="10">
         <v>306733384</v>
       </c>
       <c r="L37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M37" s="10">
         <v>31365728</v>
       </c>
       <c r="N37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O37" s="10">
         <v>3069037234</v>
       </c>
       <c r="P37" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q37" s="10">
         <v>431885592</v>
       </c>
       <c r="R37" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B38" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C38" s="8">
         <v>187764011</v>
       </c>
       <c r="D38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E38" s="8">
         <v>192499150</v>
       </c>
       <c r="F38" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G38" s="8">
         <v/>
       </c>
       <c r="H38" t="s" s="7">
@@ -2350,83 +2359,83 @@
       <c r="B40" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C40" s="8">
         <v>382114243</v>
       </c>
       <c r="D40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E40" s="8">
         <v>37262225</v>
       </c>
       <c r="F40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G40" s="8">
         <v>1046451291</v>
       </c>
       <c r="H40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I40" s="8">
         <v>111644482</v>
       </c>
       <c r="J40" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K40" s="8">
         <v>346649702</v>
       </c>
       <c r="L40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M40" s="8">
         <v>45812093</v>
       </c>
       <c r="N40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O40" s="8">
         <v>1775215236</v>
       </c>
       <c r="P40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q40" s="8">
         <v>194718800</v>
       </c>
       <c r="R40" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B41" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C41" s="8">
         <v>13482545</v>
       </c>
       <c r="D41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E41" s="8">
         <v/>
       </c>
       <c r="F41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G41" s="8">
         <v/>
       </c>
       <c r="H41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I41" s="8">
         <v/>
       </c>
       <c r="J41" t="s" s="7">
         <v>14</v>
       </c>
@@ -2438,51 +2447,51 @@
       </c>
       <c r="M41" s="8">
         <v/>
       </c>
       <c r="N41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O41" s="8">
         <v>13482545</v>
       </c>
       <c r="P41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q41" s="8">
         <v>0</v>
       </c>
       <c r="R41" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B42" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C42" s="8">
         <v>291361</v>
       </c>
       <c r="D42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E42" s="8">
         <v/>
       </c>
       <c r="F42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G42" s="8">
         <v/>
       </c>
       <c r="H42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I42" s="8">
         <v/>
       </c>
       <c r="J42" t="s" s="7">
         <v>14</v>
       </c>
@@ -2494,51 +2503,51 @@
       </c>
       <c r="M42" s="8">
         <v/>
       </c>
       <c r="N42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O42" s="8">
         <v>291361</v>
       </c>
       <c r="P42" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q42" s="8">
         <v>0</v>
       </c>
       <c r="R42" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B43" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C43" s="8">
         <v>1323815</v>
       </c>
       <c r="D43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E43" s="8">
         <v>91049</v>
       </c>
       <c r="F43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G43" s="8">
         <v/>
       </c>
       <c r="H43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I43" s="8">
         <v/>
       </c>
       <c r="J43" t="s" s="7">
         <v>14</v>
       </c>
@@ -2550,99 +2559,99 @@
       </c>
       <c r="M43" s="8">
         <v/>
       </c>
       <c r="N43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O43" s="8">
         <v>1323815</v>
       </c>
       <c r="P43" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q43" s="8">
         <v>91049</v>
       </c>
       <c r="R43" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B44" t="s" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C44" s="10">
         <v>1772172126</v>
       </c>
       <c r="D44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E44" s="10">
         <v>316827756</v>
       </c>
       <c r="F44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G44" s="10">
         <v>1137109165</v>
       </c>
       <c r="H44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I44" s="10">
         <v>117775927</v>
       </c>
       <c r="J44" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K44" s="10">
         <v>428424325</v>
       </c>
       <c r="L44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M44" s="10">
         <v>48930497</v>
       </c>
       <c r="N44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O44" s="10">
         <v>3337705616</v>
       </c>
       <c r="P44" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q44" s="10">
         <v>483534180</v>
       </c>
       <c r="R44" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B45" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C45" s="8">
         <v>193795611</v>
       </c>
       <c r="D45" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E45" s="8">
         <v>216146104</v>
       </c>
       <c r="F45" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G45" s="8">
         <v/>
       </c>
       <c r="H45" t="s" s="7">
@@ -2742,83 +2751,83 @@
       <c r="B47" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C47" s="8">
         <v>387118920</v>
       </c>
       <c r="D47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E47" s="8">
         <v>38596256</v>
       </c>
       <c r="F47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G47" s="8">
         <v>1063140078</v>
       </c>
       <c r="H47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I47" s="8">
         <v>118716780</v>
       </c>
       <c r="J47" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K47" s="8">
         <v>655149315</v>
       </c>
       <c r="L47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M47" s="8">
         <v>73699268</v>
       </c>
       <c r="N47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O47" s="8">
         <v>2105408313</v>
       </c>
       <c r="P47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q47" s="8">
         <v>231012304</v>
       </c>
       <c r="R47" t="s" s="7">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" t="s" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B48" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C48" s="8">
         <v>13556877</v>
       </c>
       <c r="D48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E48" s="8">
         <v/>
       </c>
       <c r="F48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G48" s="8">
         <v/>
       </c>
       <c r="H48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I48" s="8">
         <v/>
       </c>
       <c r="J48" t="s" s="7">
         <v>14</v>
       </c>
@@ -2830,51 +2839,51 @@
       </c>
       <c r="M48" s="8">
         <v/>
       </c>
       <c r="N48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O48" s="8">
         <v>13556877</v>
       </c>
       <c r="P48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q48" s="8">
         <v>0</v>
       </c>
       <c r="R48" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B49" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C49" s="8">
         <v>285125</v>
       </c>
       <c r="D49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E49" s="8">
         <v/>
       </c>
       <c r="F49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G49" s="8">
         <v/>
       </c>
       <c r="H49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I49" s="8">
         <v/>
       </c>
       <c r="J49" t="s" s="7">
         <v>14</v>
       </c>
@@ -2886,51 +2895,51 @@
       </c>
       <c r="M49" s="8">
         <v/>
       </c>
       <c r="N49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O49" s="8">
         <v>285125</v>
       </c>
       <c r="P49" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q49" s="8">
         <v>0</v>
       </c>
       <c r="R49" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B50" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C50" s="8">
         <v>1298294</v>
       </c>
       <c r="D50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E50" s="8">
         <v>66568</v>
       </c>
       <c r="F50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G50" s="8">
         <v/>
       </c>
       <c r="H50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I50" s="8">
         <v/>
       </c>
       <c r="J50" t="s" s="7">
         <v>14</v>
       </c>
@@ -2942,99 +2951,99 @@
       </c>
       <c r="M50" s="8">
         <v/>
       </c>
       <c r="N50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O50" s="8">
         <v>1298294</v>
       </c>
       <c r="P50" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q50" s="8">
         <v>66568</v>
       </c>
       <c r="R50" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B51" t="s" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C51" s="10">
         <v>1747294949</v>
       </c>
       <c r="D51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E51" s="10">
         <v>342118742</v>
       </c>
       <c r="F51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G51" s="10">
         <v>1153992961</v>
       </c>
       <c r="H51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I51" s="10">
         <v>124948723</v>
       </c>
       <c r="J51" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K51" s="10">
         <v>789147020</v>
       </c>
       <c r="L51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M51" s="10">
         <v>77152443</v>
       </c>
       <c r="N51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O51" s="10">
         <v>3690434930</v>
       </c>
       <c r="P51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q51" s="10">
         <v>544219908</v>
       </c>
       <c r="R51" t="s" s="9">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B52" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C52" s="8">
         <v>217254445</v>
       </c>
       <c r="D52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E52" s="8">
         <v>240133666</v>
       </c>
       <c r="F52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G52" s="8">
         <v/>
       </c>
       <c r="H52" t="s" s="7">
@@ -3163,54 +3172,54 @@
       </c>
       <c r="L54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M54" s="8">
         <v>112428909</v>
       </c>
       <c r="N54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O54" s="8">
         <v>2522575002</v>
       </c>
       <c r="P54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q54" s="8">
         <v>278647780</v>
       </c>
       <c r="R54" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" t="s" s="7">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B55" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C55" s="8">
         <v>15243676</v>
       </c>
       <c r="D55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E55" s="8">
         <v/>
       </c>
       <c r="F55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G55" s="8">
         <v/>
       </c>
       <c r="H55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I55" s="8">
         <v/>
       </c>
       <c r="J55" t="s" s="7">
         <v>14</v>
       </c>
@@ -3222,51 +3231,51 @@
       </c>
       <c r="M55" s="8">
         <v/>
       </c>
       <c r="N55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O55" s="8">
         <v>15243676</v>
       </c>
       <c r="P55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q55" s="8">
         <v>0</v>
       </c>
       <c r="R55" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B56" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C56" s="8">
         <v>344861</v>
       </c>
       <c r="D56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E56" s="8">
         <v/>
       </c>
       <c r="F56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G56" s="8">
         <v/>
       </c>
       <c r="H56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I56" s="8">
         <v/>
       </c>
       <c r="J56" t="s" s="7">
         <v>14</v>
       </c>
@@ -3278,51 +3287,51 @@
       </c>
       <c r="M56" s="8">
         <v/>
       </c>
       <c r="N56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O56" s="8">
         <v>344861</v>
       </c>
       <c r="P56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q56" s="8">
         <v>0</v>
       </c>
       <c r="R56" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B57" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C57" s="8">
         <v>1377690</v>
       </c>
       <c r="D57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E57" s="8">
         <v>56879</v>
       </c>
       <c r="F57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G57" s="8">
         <v/>
       </c>
       <c r="H57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I57" s="8">
         <v/>
       </c>
       <c r="J57" t="s" s="7">
         <v>14</v>
       </c>
@@ -3334,51 +3343,51 @@
       </c>
       <c r="M57" s="8">
         <v/>
       </c>
       <c r="N57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O57" s="8">
         <v>1377690</v>
       </c>
       <c r="P57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q57" s="8">
         <v>56879</v>
       </c>
       <c r="R57" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B58" t="s" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C58" s="10">
         <v>1802868058</v>
       </c>
       <c r="D58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E58" s="10">
         <v>374442670</v>
       </c>
       <c r="F58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G58" s="10">
         <v>1188542388</v>
       </c>
       <c r="H58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I58" s="10">
         <v>131691000</v>
       </c>
       <c r="J58" t="s" s="9">
         <v>14</v>
       </c>
@@ -3555,54 +3564,54 @@
       </c>
       <c r="L61" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M61" s="8">
         <v>122471120</v>
       </c>
       <c r="N61" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O61" s="8">
         <v>2535392611</v>
       </c>
       <c r="P61" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q61" s="8">
         <v>271201851</v>
       </c>
       <c r="R61" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" t="s" s="7">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B62" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C62" s="8">
         <v>15881682</v>
       </c>
       <c r="D62" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E62" s="8">
         <v/>
       </c>
       <c r="F62" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G62" s="8">
         <v/>
       </c>
       <c r="H62" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I62" s="8">
         <v/>
       </c>
       <c r="J62" t="s" s="7">
         <v>14</v>
       </c>
@@ -3614,51 +3623,51 @@
       </c>
       <c r="M62" s="8">
         <v/>
       </c>
       <c r="N62" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O62" s="8">
         <v>15881682</v>
       </c>
       <c r="P62" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q62" s="8">
         <v>0</v>
       </c>
       <c r="R62" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B63" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C63" s="8">
         <v>280244</v>
       </c>
       <c r="D63" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E63" s="8">
         <v/>
       </c>
       <c r="F63" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G63" s="8">
         <v/>
       </c>
       <c r="H63" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I63" s="8">
         <v/>
       </c>
       <c r="J63" t="s" s="7">
         <v>14</v>
       </c>
@@ -3670,51 +3679,51 @@
       </c>
       <c r="M63" s="8">
         <v/>
       </c>
       <c r="N63" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O63" s="8">
         <v>280244</v>
       </c>
       <c r="P63" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q63" s="8">
         <v>0</v>
       </c>
       <c r="R63" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B64" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C64" s="8">
         <v>1558137</v>
       </c>
       <c r="D64" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E64" s="8">
         <v>69810</v>
       </c>
       <c r="F64" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G64" s="8">
         <v/>
       </c>
       <c r="H64" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I64" s="8">
         <v/>
       </c>
       <c r="J64" t="s" s="7">
         <v>14</v>
       </c>
@@ -3726,51 +3735,51 @@
       </c>
       <c r="M64" s="8">
         <v/>
       </c>
       <c r="N64" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O64" s="8">
         <v>1558137</v>
       </c>
       <c r="P64" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q64" s="8">
         <v>69810</v>
       </c>
       <c r="R64" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B65" t="s" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C65" s="10">
         <v>1718648324</v>
       </c>
       <c r="D65" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E65" s="10">
         <v>350301151</v>
       </c>
       <c r="F65" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G65" s="10">
         <v>1140199238</v>
       </c>
       <c r="H65" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I65" s="10">
         <v>117783049</v>
       </c>
       <c r="J65" t="s" s="9">
         <v>14</v>
       </c>
@@ -3947,54 +3956,54 @@
       </c>
       <c r="L68" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M68" s="8">
         <v>68839011</v>
       </c>
       <c r="N68" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O68" s="8">
         <v>2010145051</v>
       </c>
       <c r="P68" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q68" s="8">
         <v>217145162</v>
       </c>
       <c r="R68" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" t="s" s="7">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B69" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C69" s="8">
         <v>15699159</v>
       </c>
       <c r="D69" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E69" s="8">
         <v/>
       </c>
       <c r="F69" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G69" s="8">
         <v/>
       </c>
       <c r="H69" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I69" s="8">
         <v/>
       </c>
       <c r="J69" t="s" s="7">
         <v>14</v>
       </c>
@@ -4006,51 +4015,51 @@
       </c>
       <c r="M69" s="8">
         <v/>
       </c>
       <c r="N69" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O69" s="8">
         <v>15699159</v>
       </c>
       <c r="P69" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q69" s="8">
         <v>0</v>
       </c>
       <c r="R69" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B70" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C70" s="8">
         <v>310497</v>
       </c>
       <c r="D70" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E70" s="8">
         <v/>
       </c>
       <c r="F70" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G70" s="8">
         <v/>
       </c>
       <c r="H70" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I70" s="8">
         <v/>
       </c>
       <c r="J70" t="s" s="7">
         <v>14</v>
       </c>
@@ -4062,51 +4071,51 @@
       </c>
       <c r="M70" s="8">
         <v/>
       </c>
       <c r="N70" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O70" s="8">
         <v>310497</v>
       </c>
       <c r="P70" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q70" s="8">
         <v>0</v>
       </c>
       <c r="R70" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B71" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C71" s="8">
         <v>1727569</v>
       </c>
       <c r="D71" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E71" s="8">
         <v>75792</v>
       </c>
       <c r="F71" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G71" s="8">
         <v/>
       </c>
       <c r="H71" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I71" s="8">
         <v/>
       </c>
       <c r="J71" t="s" s="7">
         <v>14</v>
       </c>
@@ -4118,51 +4127,51 @@
       </c>
       <c r="M71" s="8">
         <v/>
       </c>
       <c r="N71" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O71" s="8">
         <v>1727569</v>
       </c>
       <c r="P71" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q71" s="8">
         <v>75792</v>
       </c>
       <c r="R71" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B72" t="s" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C72" s="10">
         <v>1767680669</v>
       </c>
       <c r="D72" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E72" s="10">
         <v>350308093</v>
       </c>
       <c r="F72" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G72" s="10">
         <v>1128854761</v>
       </c>
       <c r="H72" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I72" s="10">
         <v>117609777</v>
       </c>
       <c r="J72" t="s" s="9">
         <v>14</v>
       </c>
@@ -4177,437 +4186,1608 @@
       </c>
       <c r="N72" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O72" s="10">
         <v>3599452082</v>
       </c>
       <c r="P72" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q72" s="10">
         <v>540252368</v>
       </c>
       <c r="R72" t="s" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B73" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C73" s="8">
-        <v>1708681173</v>
+        <v>209189514</v>
       </c>
       <c r="D73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E73" s="8">
-        <v>1732023161</v>
+        <v>205283589</v>
       </c>
       <c r="F73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G73" s="8">
         <v/>
       </c>
       <c r="H73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I73" s="8">
         <v/>
       </c>
       <c r="J73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K73" s="8">
         <v/>
       </c>
       <c r="L73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M73" s="8">
         <v/>
       </c>
       <c r="N73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O73" s="8">
-        <v>1708681173</v>
+        <v>209189514</v>
       </c>
       <c r="P73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q73" s="8">
-        <v>1732023161</v>
+        <v>205283589</v>
       </c>
       <c r="R73" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B74" t="s" s="7">
         <v>16</v>
       </c>
       <c r="C74" s="8">
-        <v>9850178378</v>
+        <v>1178791878</v>
       </c>
       <c r="D74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E74" s="8">
-        <v>740869286</v>
+        <v>92793146</v>
       </c>
       <c r="F74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G74" s="8">
-        <v>768962577</v>
+        <v>94532659</v>
       </c>
       <c r="H74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I74" s="8">
-        <v>50498578</v>
+        <v>6238767</v>
       </c>
       <c r="J74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K74" s="8">
-        <v>932760325</v>
+        <v>65002640</v>
       </c>
       <c r="L74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M74" s="8">
-        <v>25733190</v>
+        <v>2814738</v>
       </c>
       <c r="N74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O74" s="8">
-        <v>11551901280</v>
+        <v>1338327177</v>
       </c>
       <c r="P74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q74" s="8">
-        <v>817101054</v>
+        <v>101846651</v>
       </c>
       <c r="R74" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B75" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C75" s="8">
-        <v>3274545562</v>
+        <v>409578870</v>
       </c>
       <c r="D75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E75" s="8">
-        <v>305037461</v>
+        <v>36397229</v>
       </c>
       <c r="F75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G75" s="8">
-        <v>9039999169</v>
+        <v>1083036573</v>
       </c>
       <c r="H75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I75" s="8">
-        <v>945209236</v>
+        <v>108910266</v>
       </c>
       <c r="J75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K75" s="8">
-        <v>4318403025</v>
+        <v>264046591</v>
       </c>
       <c r="L75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M75" s="8">
-        <v>495043015</v>
+        <v>34146990</v>
       </c>
       <c r="N75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O75" s="8">
-        <v>16632947756</v>
+        <v>1756662034</v>
       </c>
       <c r="P75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q75" s="8">
-        <v>1745289712</v>
+        <v>179454485</v>
       </c>
       <c r="R75" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" t="s" s="7">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B76" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C76" s="8">
-        <v>121137089</v>
+        <v>16446115</v>
       </c>
       <c r="D76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E76" s="8">
         <v/>
       </c>
       <c r="F76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G76" s="8">
         <v/>
       </c>
       <c r="H76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I76" s="8">
         <v/>
       </c>
       <c r="J76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K76" s="8">
         <v/>
       </c>
       <c r="L76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M76" s="8">
         <v/>
       </c>
       <c r="N76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O76" s="8">
-        <v>121137089</v>
+        <v>16446115</v>
       </c>
       <c r="P76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q76" s="8">
         <v>0</v>
       </c>
       <c r="R76" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B77" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C77" s="8">
-        <v>2569471</v>
+        <v>303041</v>
       </c>
       <c r="D77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E77" s="8">
         <v/>
       </c>
       <c r="F77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G77" s="8">
         <v/>
       </c>
       <c r="H77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I77" s="8">
         <v/>
       </c>
       <c r="J77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K77" s="8">
         <v/>
       </c>
       <c r="L77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M77" s="8">
         <v/>
       </c>
       <c r="N77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O77" s="8">
-        <v>2569471</v>
+        <v>303041</v>
       </c>
       <c r="P77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q77" s="8">
         <v>0</v>
       </c>
       <c r="R77" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B78" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C78" s="8">
-        <v>12184304</v>
+        <v>1631628</v>
       </c>
       <c r="D78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E78" s="8">
-        <v>615788</v>
+        <v>71098</v>
       </c>
       <c r="F78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G78" s="8">
         <v/>
       </c>
       <c r="H78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I78" s="8">
         <v/>
       </c>
       <c r="J78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K78" s="8">
         <v/>
       </c>
       <c r="L78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M78" s="8">
         <v/>
       </c>
       <c r="N78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O78" s="8">
-        <v>12184304</v>
+        <v>1631628</v>
       </c>
       <c r="P78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q78" s="8">
-        <v>615788</v>
+        <v>71098</v>
       </c>
       <c r="R78" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B79" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C79" s="10">
+        <v>1815941046</v>
+      </c>
+      <c r="D79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E79" s="10">
+        <v>334545062</v>
+      </c>
+      <c r="F79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G79" s="10">
+        <v>1177569232</v>
+      </c>
+      <c r="H79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I79" s="10">
+        <v>115149033</v>
+      </c>
+      <c r="J79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K79" s="10">
+        <v>329049231</v>
+      </c>
+      <c r="L79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M79" s="10">
+        <v>36961728</v>
+      </c>
+      <c r="N79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O79" s="10">
+        <v>3322559509</v>
+      </c>
+      <c r="P79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q79" s="10">
+        <v>486655823</v>
+      </c>
+      <c r="R79" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18">
+      <c r="A80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B80" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C80" s="8">
+        <v>189192832</v>
+      </c>
+      <c r="D80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E80" s="8">
+        <v>173737650</v>
+      </c>
+      <c r="F80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G80" s="8">
+        <v/>
+      </c>
+      <c r="H80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I80" s="8">
+        <v/>
+      </c>
+      <c r="J80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K80" s="8">
+        <v/>
+      </c>
+      <c r="L80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M80" s="8">
+        <v/>
+      </c>
+      <c r="N80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O80" s="8">
+        <v>189192832</v>
+      </c>
+      <c r="P80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q80" s="8">
+        <v>173737650</v>
+      </c>
+      <c r="R80" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18">
+      <c r="A81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B81" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C81" s="8">
+        <v>1064077507</v>
+      </c>
+      <c r="D81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E81" s="8">
+        <v>83019963</v>
+      </c>
+      <c r="F81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G81" s="8">
+        <v>87761310</v>
+      </c>
+      <c r="H81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I81" s="8">
+        <v>5543439</v>
+      </c>
+      <c r="J81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K81" s="8">
+        <v>38391741</v>
+      </c>
+      <c r="L81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M81" s="8">
+        <v>1791971</v>
+      </c>
+      <c r="N81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O81" s="8">
+        <v>1190230558</v>
+      </c>
+      <c r="P81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q81" s="8">
+        <v>90355373</v>
+      </c>
+      <c r="R81" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18">
+      <c r="A82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B82" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C82" s="8">
+        <v>408960002</v>
+      </c>
+      <c r="D82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E82" s="8">
+        <v>33982310</v>
+      </c>
+      <c r="F82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G82" s="8">
+        <v>1047277310</v>
+      </c>
+      <c r="H82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I82" s="8">
+        <v>96730929</v>
+      </c>
+      <c r="J82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K82" s="8">
+        <v>132126147</v>
+      </c>
+      <c r="L82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M82" s="8">
+        <v>15181515</v>
+      </c>
+      <c r="N82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O82" s="8">
+        <v>1588363459</v>
+      </c>
+      <c r="P82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q82" s="8">
+        <v>145894754</v>
+      </c>
+      <c r="R82" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18">
+      <c r="A83" t="s" s="7">
         <v>32</v>
       </c>
-      <c r="C79" s="10">
-[...49 lines deleted...]
-      <c r="A80" t="s">
+      <c r="B83" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C83" s="8">
+        <v>15434699</v>
+      </c>
+      <c r="D83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E83" s="8">
+        <v/>
+      </c>
+      <c r="F83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G83" s="8">
+        <v/>
+      </c>
+      <c r="H83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I83" s="8">
+        <v/>
+      </c>
+      <c r="J83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K83" s="8">
+        <v/>
+      </c>
+      <c r="L83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M83" s="8">
+        <v/>
+      </c>
+      <c r="N83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O83" s="8">
+        <v>15434699</v>
+      </c>
+      <c r="P83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q83" s="8">
+        <v>0</v>
+      </c>
+      <c r="R83" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18">
+      <c r="A84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B84" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C84" s="8">
+        <v>292094</v>
+      </c>
+      <c r="D84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E84" s="8">
+        <v/>
+      </c>
+      <c r="F84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G84" s="8">
+        <v/>
+      </c>
+      <c r="H84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I84" s="8">
+        <v/>
+      </c>
+      <c r="J84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K84" s="8">
+        <v/>
+      </c>
+      <c r="L84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M84" s="8">
+        <v/>
+      </c>
+      <c r="N84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O84" s="8">
+        <v>292094</v>
+      </c>
+      <c r="P84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q84" s="8">
+        <v>0</v>
+      </c>
+      <c r="R84" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18">
+      <c r="A85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B85" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C85" s="8">
+        <v>1354435</v>
+      </c>
+      <c r="D85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E85" s="8">
+        <v>51544</v>
+      </c>
+      <c r="F85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G85" s="8">
+        <v/>
+      </c>
+      <c r="H85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I85" s="8">
+        <v/>
+      </c>
+      <c r="J85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K85" s="8">
+        <v/>
+      </c>
+      <c r="L85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M85" s="8">
+        <v/>
+      </c>
+      <c r="N85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O85" s="8">
+        <v>1354435</v>
+      </c>
+      <c r="P85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q85" s="8">
+        <v>51544</v>
+      </c>
+      <c r="R85" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18">
+      <c r="A86" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B86" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C86" s="10">
+        <v>1679311569</v>
+      </c>
+      <c r="D86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E86" s="10">
+        <v>290791467</v>
+      </c>
+      <c r="F86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G86" s="10">
+        <v>1135038620</v>
+      </c>
+      <c r="H86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I86" s="10">
+        <v>102274368</v>
+      </c>
+      <c r="J86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K86" s="10">
+        <v>170517888</v>
+      </c>
+      <c r="L86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M86" s="10">
+        <v>16973486</v>
+      </c>
+      <c r="N86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O86" s="10">
+        <v>2984868077</v>
+      </c>
+      <c r="P86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q86" s="10">
+        <v>410039321</v>
+      </c>
+      <c r="R86" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18">
+      <c r="A87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B87" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C87" s="8">
+        <v>198025293</v>
+      </c>
+      <c r="D87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E87" s="8">
+        <v>201272247</v>
+      </c>
+      <c r="F87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G87" s="8">
+        <v/>
+      </c>
+      <c r="H87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I87" s="8">
+        <v/>
+      </c>
+      <c r="J87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K87" s="8">
+        <v/>
+      </c>
+      <c r="L87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M87" s="8">
+        <v/>
+      </c>
+      <c r="N87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O87" s="8">
+        <v>198025293</v>
+      </c>
+      <c r="P87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q87" s="8">
+        <v>201272247</v>
+      </c>
+      <c r="R87" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18">
+      <c r="A88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B88" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C88" s="8">
+        <v>1252590503</v>
+      </c>
+      <c r="D88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E88" s="8">
+        <v>96023202</v>
+      </c>
+      <c r="F88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G88" s="8">
+        <v>99692047</v>
+      </c>
+      <c r="H88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I88" s="8">
+        <v>5852259</v>
+      </c>
+      <c r="J88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K88" s="8">
+        <v>47336886</v>
+      </c>
+      <c r="L88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M88" s="8">
+        <v>1782086</v>
+      </c>
+      <c r="N88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O88" s="8">
+        <v>1399619436</v>
+      </c>
+      <c r="P88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q88" s="8">
+        <v>103657547</v>
+      </c>
+      <c r="R88" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18">
+      <c r="A89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B89" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C89" s="8">
+        <v>475322986</v>
+      </c>
+      <c r="D89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E89" s="8">
+        <v>38364367</v>
+      </c>
+      <c r="F89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G89" s="8">
+        <v>1152384468</v>
+      </c>
+      <c r="H89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I89" s="8">
+        <v>102178983</v>
+      </c>
+      <c r="J89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K89" s="8">
+        <v>159753427</v>
+      </c>
+      <c r="L89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M89" s="8">
+        <v>14448808</v>
+      </c>
+      <c r="N89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O89" s="8">
+        <v>1787460881</v>
+      </c>
+      <c r="P89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q89" s="8">
+        <v>154992158</v>
+      </c>
+      <c r="R89" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18">
+      <c r="A90" t="s" s="7">
         <v>33</v>
+      </c>
+      <c r="B90" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C90" s="8">
+        <v>17111374</v>
+      </c>
+      <c r="D90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E90" s="8">
+        <v/>
+      </c>
+      <c r="F90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G90" s="8">
+        <v/>
+      </c>
+      <c r="H90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I90" s="8">
+        <v/>
+      </c>
+      <c r="J90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K90" s="8">
+        <v/>
+      </c>
+      <c r="L90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M90" s="8">
+        <v/>
+      </c>
+      <c r="N90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O90" s="8">
+        <v>17111374</v>
+      </c>
+      <c r="P90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q90" s="8">
+        <v>0</v>
+      </c>
+      <c r="R90" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18">
+      <c r="A91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B91" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C91" s="8">
+        <v>284008</v>
+      </c>
+      <c r="D91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E91" s="8">
+        <v/>
+      </c>
+      <c r="F91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G91" s="8">
+        <v/>
+      </c>
+      <c r="H91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I91" s="8">
+        <v/>
+      </c>
+      <c r="J91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K91" s="8">
+        <v/>
+      </c>
+      <c r="L91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M91" s="8">
+        <v/>
+      </c>
+      <c r="N91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O91" s="8">
+        <v>284008</v>
+      </c>
+      <c r="P91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q91" s="8">
+        <v>0</v>
+      </c>
+      <c r="R91" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18">
+      <c r="A92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B92" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C92" s="8">
+        <v>1657445</v>
+      </c>
+      <c r="D92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E92" s="8">
+        <v>105010</v>
+      </c>
+      <c r="F92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G92" s="8">
+        <v/>
+      </c>
+      <c r="H92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I92" s="8">
+        <v/>
+      </c>
+      <c r="J92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K92" s="8">
+        <v/>
+      </c>
+      <c r="L92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M92" s="8">
+        <v/>
+      </c>
+      <c r="N92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O92" s="8">
+        <v>1657445</v>
+      </c>
+      <c r="P92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q92" s="8">
+        <v>105010</v>
+      </c>
+      <c r="R92" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18">
+      <c r="A93" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B93" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C93" s="10">
+        <v>1944991609</v>
+      </c>
+      <c r="D93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E93" s="10">
+        <v>335764826</v>
+      </c>
+      <c r="F93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G93" s="10">
+        <v>1252076515</v>
+      </c>
+      <c r="H93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I93" s="10">
+        <v>108031242</v>
+      </c>
+      <c r="J93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K93" s="10">
+        <v>207090313</v>
+      </c>
+      <c r="L93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M93" s="10">
+        <v>16230894</v>
+      </c>
+      <c r="N93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O93" s="10">
+        <v>3404158437</v>
+      </c>
+      <c r="P93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q93" s="10">
+        <v>460026962</v>
+      </c>
+      <c r="R93" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="94" spans="1:18">
+      <c r="A94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B94" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="C94" s="12">
+        <v>2305088812</v>
+      </c>
+      <c r="D94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E94" s="12">
+        <v>2312316647</v>
+      </c>
+      <c r="F94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G94" s="12">
+        <v/>
+      </c>
+      <c r="H94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I94" s="12">
+        <v/>
+      </c>
+      <c r="J94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K94" s="12">
+        <v/>
+      </c>
+      <c r="L94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M94" s="12">
+        <v/>
+      </c>
+      <c r="N94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O94" s="12">
+        <v>2305088812</v>
+      </c>
+      <c r="P94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q94" s="12">
+        <v>2312316647</v>
+      </c>
+      <c r="R94" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18">
+      <c r="A95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B95" t="s" s="11">
+        <v>16</v>
+      </c>
+      <c r="C95" s="12">
+        <v>13345638266</v>
+      </c>
+      <c r="D95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E95" s="12">
+        <v>1012705597</v>
+      </c>
+      <c r="F95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G95" s="12">
+        <v>1050948593</v>
+      </c>
+      <c r="H95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I95" s="12">
+        <v>68133043</v>
+      </c>
+      <c r="J95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K95" s="12">
+        <v>1083491592</v>
+      </c>
+      <c r="L95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M95" s="12">
+        <v>32121985</v>
+      </c>
+      <c r="N95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O95" s="12">
+        <v>15480078451</v>
+      </c>
+      <c r="P95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q95" s="12">
+        <v>1112960625</v>
+      </c>
+      <c r="R95" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18">
+      <c r="A96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B96" t="s" s="11">
+        <v>17</v>
+      </c>
+      <c r="C96" s="12">
+        <v>4568407420</v>
+      </c>
+      <c r="D96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E96" s="12">
+        <v>413781367</v>
+      </c>
+      <c r="F96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G96" s="12">
+        <v>12322697520</v>
+      </c>
+      <c r="H96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I96" s="12">
+        <v>1253029414</v>
+      </c>
+      <c r="J96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K96" s="12">
+        <v>4874329190</v>
+      </c>
+      <c r="L96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M96" s="12">
+        <v>558820328</v>
+      </c>
+      <c r="N96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O96" s="12">
+        <v>21765434130</v>
+      </c>
+      <c r="P96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q96" s="12">
+        <v>2225631109</v>
+      </c>
+      <c r="R96" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18">
+      <c r="A97" t="s" s="11">
+        <v>34</v>
+      </c>
+      <c r="B97" t="s" s="11">
+        <v>19</v>
+      </c>
+      <c r="C97" s="12">
+        <v>170129277</v>
+      </c>
+      <c r="D97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E97" s="12">
+        <v/>
+      </c>
+      <c r="F97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G97" s="12">
+        <v/>
+      </c>
+      <c r="H97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I97" s="12">
+        <v/>
+      </c>
+      <c r="J97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K97" s="12">
+        <v/>
+      </c>
+      <c r="L97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M97" s="12">
+        <v/>
+      </c>
+      <c r="N97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O97" s="12">
+        <v>170129277</v>
+      </c>
+      <c r="P97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q97" s="12">
+        <v>0</v>
+      </c>
+      <c r="R97" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18">
+      <c r="A98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B98" t="s" s="11">
+        <v>20</v>
+      </c>
+      <c r="C98" s="12">
+        <v>3448614</v>
+      </c>
+      <c r="D98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E98" s="12">
+        <v/>
+      </c>
+      <c r="F98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G98" s="12">
+        <v/>
+      </c>
+      <c r="H98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I98" s="12">
+        <v/>
+      </c>
+      <c r="J98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K98" s="12">
+        <v/>
+      </c>
+      <c r="L98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M98" s="12">
+        <v/>
+      </c>
+      <c r="N98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O98" s="12">
+        <v>3448614</v>
+      </c>
+      <c r="P98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q98" s="12">
+        <v>0</v>
+      </c>
+      <c r="R98" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18">
+      <c r="A99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B99" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C99" s="12">
+        <v>16827812</v>
+      </c>
+      <c r="D99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E99" s="12">
+        <v>843440</v>
+      </c>
+      <c r="F99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G99" s="12">
+        <v/>
+      </c>
+      <c r="H99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I99" s="12">
+        <v/>
+      </c>
+      <c r="J99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K99" s="12">
+        <v/>
+      </c>
+      <c r="L99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M99" s="12">
+        <v/>
+      </c>
+      <c r="N99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O99" s="12">
+        <v>16827812</v>
+      </c>
+      <c r="P99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q99" s="12">
+        <v>843440</v>
+      </c>
+      <c r="R99" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18">
+      <c r="A100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B100" t="s" s="11">
+        <v>34</v>
+      </c>
+      <c r="C100" s="12">
+        <v>20409540201</v>
+      </c>
+      <c r="D100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E100" s="12">
+        <v>3739647051</v>
+      </c>
+      <c r="F100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G100" s="12">
+        <v>13373646113</v>
+      </c>
+      <c r="H100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I100" s="12">
+        <v>1321162457</v>
+      </c>
+      <c r="J100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K100" s="12">
+        <v>5957820782</v>
+      </c>
+      <c r="L100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M100" s="12">
+        <v>590942313</v>
+      </c>
+      <c r="N100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O100" s="12">
+        <v>39741007096</v>
+      </c>
+      <c r="P100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q100" s="12">
+        <v>5651751821</v>
+      </c>
+      <c r="R100" t="s" s="11">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:R5"/>
     <mergeCell ref="A6:R6"/>
     <mergeCell ref="A7:R7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:R9"/>